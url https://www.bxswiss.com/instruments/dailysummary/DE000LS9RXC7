--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra239472bdd9648b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb06e35915d54bfb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a02b6e09a8e4fa3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R576cad92cae146ab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0fd1aee5e024064" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a02b6e09a8e4fa3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ec6480f1f434102" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R576cad92cae146ab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Robotics and Technology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RXC7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>205,148</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,198</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>