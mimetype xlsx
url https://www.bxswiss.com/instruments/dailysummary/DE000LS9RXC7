--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb06e35915d54bfb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra48de02a6bd94004" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R576cad92cae146ab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4a2929248a04f7d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ec6480f1f434102" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R576cad92cae146ab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00e081ef70934a49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4a2929248a04f7d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Robotics and Technology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RXC7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,067</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,067</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,057</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,642</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,542</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>