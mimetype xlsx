--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra48de02a6bd94004" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Recd3d973b92b4d5d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4a2929248a04f7d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6fe5c6b2fcb44747"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00e081ef70934a49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4a2929248a04f7d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09b011a7c31a44ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6fe5c6b2fcb44747" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Robotics and Technology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RXC7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,653 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>214,542</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,693</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>