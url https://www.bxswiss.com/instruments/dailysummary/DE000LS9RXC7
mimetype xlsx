--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Recd3d973b92b4d5d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80eb90c720f54a73" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6fe5c6b2fcb44747"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0cea0ef7d2dd4e68"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09b011a7c31a44ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6fe5c6b2fcb44747" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d9327eef34a4f7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0cea0ef7d2dd4e68" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Robotics and Technology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RXC7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,435 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...383 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,212</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,468</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,947</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -771,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,574</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,373</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>