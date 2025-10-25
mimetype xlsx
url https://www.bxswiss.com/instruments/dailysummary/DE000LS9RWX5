--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9d5413cce0a40b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c7684280eb445e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb3234c788624dce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1897a139ca84679"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17633572ef934751" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb3234c788624dce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9030255d80564db2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1897a139ca84679" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Brennstoffzelle - fuel cell H2</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RWX5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,394</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,614</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,519</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,427</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,418</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,807</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,773</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>