--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c7684280eb445e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6231a307178645d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1897a139ca84679"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4e73e3cdd3d4dcf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9030255d80564db2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1897a139ca84679" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R994e8a96cc404a1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4e73e3cdd3d4dcf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Brennstoffzelle - fuel cell H2</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RWX5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>114,773</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>