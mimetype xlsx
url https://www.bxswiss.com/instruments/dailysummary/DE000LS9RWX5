--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6231a307178645d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30340b29acf04de5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4e73e3cdd3d4dcf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89d93ce2f92a4882"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R994e8a96cc404a1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4e73e3cdd3d4dcf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c3eca0f460342fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89d93ce2f92a4882" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Brennstoffzelle - fuel cell H2</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RWX5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,748</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,476</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,352</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,644</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,788</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>