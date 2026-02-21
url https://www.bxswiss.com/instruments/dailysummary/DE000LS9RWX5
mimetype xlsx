--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30340b29acf04de5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R514d24eaff504cda" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89d93ce2f92a4882"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62b94930d55a4d87"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c3eca0f460342fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89d93ce2f92a4882" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1728cc2b1784ffd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62b94930d55a4d87" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Brennstoffzelle - fuel cell H2</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RWX5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>126,788</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,976</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>