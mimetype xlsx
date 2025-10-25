--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde76bbe2bea24212" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbbd122f914b40ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08ea930fa5d7447d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc76f4bedebf4ab7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e9658b8dc6c48e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08ea930fa5d7447d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5517e2dfe8bf4332" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc76f4bedebf4ab7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GuenstigeGelegenheiten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RWW7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,504</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,847</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,353</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,794</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,229</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,134</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,203</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>