--- v1 (2025-10-25)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbbd122f914b40ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9eed08b898794473" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc76f4bedebf4ab7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4fbaf82d9c1e498b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5517e2dfe8bf4332" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc76f4bedebf4ab7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4b34b54f92e42b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4fbaf82d9c1e498b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GuenstigeGelegenheiten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RWW7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>217,203</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,670</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>