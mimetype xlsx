--- v2 (2026-01-08)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9eed08b898794473" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61aa0b88a4f84c3d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4fbaf82d9c1e498b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdcff99cf2ca8485a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4b34b54f92e42b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4fbaf82d9c1e498b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6270c39d1b4948fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdcff99cf2ca8485a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GuenstigeGelegenheiten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RWW7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>194,670</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,016</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>