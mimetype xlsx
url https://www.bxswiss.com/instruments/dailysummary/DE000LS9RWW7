--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61aa0b88a4f84c3d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05f24f1880e94bd5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdcff99cf2ca8485a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50858d98817e476b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6270c39d1b4948fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdcff99cf2ca8485a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27f3800860a54675" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50858d98817e476b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GuenstigeGelegenheiten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RWW7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,399</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,519</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,103</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,239</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,417</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,582</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>