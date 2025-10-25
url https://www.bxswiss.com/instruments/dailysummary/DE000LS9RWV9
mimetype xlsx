--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a27196ed36449d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e7a547757d54bcb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c140744e8834cc8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a6f75aa396a454d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab8643b99e2c44af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c140744e8834cc8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7f0d81a26bf486c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a6f75aa396a454d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MHEQ Superstock Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RWV9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...166 lines deleted...]
-          <x:t>105,804</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,004</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>105,775</x:t>
-[...161 lines deleted...]
-          <x:t>105,730</x:t>
+          <x:t>105,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,846</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...15 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,887</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>105,890</x:t>
-[...269 lines deleted...]
-          <x:t>105,886</x:t>
+          <x:t>105,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,941</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>