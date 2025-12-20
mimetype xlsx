--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e7a547757d54bcb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf517dc4a39f640a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a6f75aa396a454d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0aeaa031d8c24ff4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7f0d81a26bf486c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a6f75aa396a454d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72813751daca4c1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0aeaa031d8c24ff4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MHEQ Superstock Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RWV9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>01.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,873</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...293 lines deleted...]
-          <x:t>105,193</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,458</x:t>
-        </x:is>
-[...170 lines deleted...]
-          <x:t>104,941</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>