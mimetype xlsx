--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf517dc4a39f640a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R285a1c6938004947" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0aeaa031d8c24ff4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f3d58bdf25c4216"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72813751daca4c1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0aeaa031d8c24ff4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25770d5283cc4f33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f3d58bdf25c4216" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MHEQ Superstock Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RWV9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...41 lines deleted...]
-          <x:t>105,237</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,246</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...563 lines deleted...]
-          <x:t>105,458</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,638</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>