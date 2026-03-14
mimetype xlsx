--- v3 (2026-01-11)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R285a1c6938004947" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a886d5cf1164268" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f3d58bdf25c4216"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9b3661774834111"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25770d5283cc4f33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f3d58bdf25c4216" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e4e9c90334a4493" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9b3661774834111" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MHEQ Superstock Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RWV9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>105,638</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,646</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>