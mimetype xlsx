--- v0 (2025-10-04)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reef7c826fd0647d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36660e719e044115" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2e5b254c49f4728"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4586d39ced984138"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56a6fbb8b3cb4c43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2e5b254c49f4728" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc41c8ed0e4d48c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4586d39ced984138" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Climax Institutes Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RWT3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,464 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>87,778</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,995</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>