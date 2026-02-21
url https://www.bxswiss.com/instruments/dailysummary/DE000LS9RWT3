--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36660e719e044115" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1cb638ae60fe4538" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4586d39ced984138"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf846e6a6e9e14555"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc41c8ed0e4d48c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4586d39ced984138" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba0979fcbfa94ae8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf846e6a6e9e14555" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Climax Institutes Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RWT3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,464 +149,606 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...431 lines deleted...]
-          <x:t>78,995</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,535</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>