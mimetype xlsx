--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1cb638ae60fe4538" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19066cbe10a8427f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf846e6a6e9e14555"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9062aded8b624da7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba0979fcbfa94ae8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf846e6a6e9e14555" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e5b09ec8de8447b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9062aded8b624da7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Climax Institutes Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RWT3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,442 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...390 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,641</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -724,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,894</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,948</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,117</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>