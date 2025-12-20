--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0e105f1718540c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbba492025944302" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80ec609f59584a3a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra77faff6fd644aab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66efa46c42cd4ee1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80ec609f59584a3a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b5ac859e26d4128" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra77faff6fd644aab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CoWorking and Cloud Computing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RWQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...95 lines deleted...]
-          <x:t>189,469</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,861</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...536 lines deleted...]
-          <x:t>217,612</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,004</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>