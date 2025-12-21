--- v1 (2025-12-20)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbba492025944302" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7d9cd62e65845bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra77faff6fd644aab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R794a7ed5d8654bce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b5ac859e26d4128" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra77faff6fd644aab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd061045572d741a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R794a7ed5d8654bce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CoWorking and Cloud Computing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RWQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,734</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,179</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,289</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>