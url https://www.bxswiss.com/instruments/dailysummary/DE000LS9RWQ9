--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7d9cd62e65845bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R743acf5ae27d4d44" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R794a7ed5d8654bce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R906644c0eb0f4f1e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd061045572d741a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R794a7ed5d8654bce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1fb2303287e40f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R906644c0eb0f4f1e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CoWorking and Cloud Computing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RWQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,686</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,877</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,929</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,616</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,144</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>