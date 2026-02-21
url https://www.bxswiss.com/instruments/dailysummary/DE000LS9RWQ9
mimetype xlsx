--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R743acf5ae27d4d44" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78d12ca88bac40e7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R906644c0eb0f4f1e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R128ed9c355d94c3c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1fb2303287e40f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R906644c0eb0f4f1e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b3a6d9b387a4cf7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R128ed9c355d94c3c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CoWorking and Cloud Computing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RWQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>207,144</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,725</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>