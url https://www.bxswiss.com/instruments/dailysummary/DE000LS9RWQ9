--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78d12ca88bac40e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74bc14c194a64c5d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R128ed9c355d94c3c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R425a3f53f48548fe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b3a6d9b387a4cf7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R128ed9c355d94c3c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9179342b94d745d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R425a3f53f48548fe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CoWorking and Cloud Computing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RWQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,618</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,342</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,472</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,893</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,387</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>