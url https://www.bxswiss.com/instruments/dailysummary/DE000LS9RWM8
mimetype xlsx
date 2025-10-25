--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2cc25733298b44f3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86cbc6bcb0d24226" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bb28caf9fff498f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5b6a09a43eb4b10"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7fec990db134072" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bb28caf9fff498f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5d0899d374149a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5b6a09a43eb4b10" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>valuable resource royalty mining</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RWM8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,155 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...103 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,501</x:t>
         </x:is>
       </x:c>
@@ -417,31 +312,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,636</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,114</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,868</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>