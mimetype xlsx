--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86cbc6bcb0d24226" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ba05f9a110c4cba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5b6a09a43eb4b10"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf32e19f0ae40410d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5d0899d374149a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5b6a09a43eb4b10" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58812471bdc14fcb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf32e19f0ae40410d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>valuable resource royalty mining</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RWM8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,626 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...593 lines deleted...]
-          <x:t>62,868</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,871</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>