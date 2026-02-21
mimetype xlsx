--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ba05f9a110c4cba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc414b4c8d1194517" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf32e19f0ae40410d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab12c5f0e58041d6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58812471bdc14fcb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf32e19f0ae40410d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re470127197454f70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab12c5f0e58041d6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>valuable resource royalty mining</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RWM8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>65,871</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,361</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>