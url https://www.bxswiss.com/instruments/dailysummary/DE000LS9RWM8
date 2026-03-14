--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc414b4c8d1194517" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59503d072adb4521" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab12c5f0e58041d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab56bfbba8b24d37"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re470127197454f70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab12c5f0e58041d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05ea769c87d546d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab56bfbba8b24d37" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>valuable resource royalty mining</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RWM8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,202</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,124</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,822</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>