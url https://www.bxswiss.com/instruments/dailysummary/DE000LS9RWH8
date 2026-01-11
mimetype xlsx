--- v0 (2025-10-05)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a90f3d79ee146cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72428f46f85e4452" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b171fae67274fc1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree5b3aeb94704786"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf122e1d2366f46bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b171fae67274fc1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b5cfa20f9df4237" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree5b3aeb94704786" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AAA Top 10 Nasdaq 100-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RWH8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>112,970</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,532</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>