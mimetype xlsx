--- v1 (2026-01-11)
+++ v2 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72428f46f85e4452" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3559a139f58d4aae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree5b3aeb94704786"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R459bfcab5a614b6d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b5cfa20f9df4237" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree5b3aeb94704786" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29cb617a31934743" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R459bfcab5a614b6d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AAA Top 10 Nasdaq 100-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RWH8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,937</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,118</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,956</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>