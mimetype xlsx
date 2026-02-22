--- v2 (2026-01-12)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3559a139f58d4aae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4713108cdffb4743" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R459bfcab5a614b6d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1823104a7514afa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29cb617a31934743" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R459bfcab5a614b6d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35e153f11ad2486a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1823104a7514afa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AAA Top 10 Nasdaq 100-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RWH8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...63 lines deleted...]
-          <x:t>117,875</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>117,214</x:t>
-[...350 lines deleted...]
-          <x:t>125,532</x:t>
+          <x:t>117,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,668</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>