--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcec3c38d2bd046ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66186b6258f14996" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re47170aebb51486e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fd13dc95ea849e4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R844b2eb55f47494f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re47170aebb51486e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfaba39ab5f264a99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fd13dc95ea849e4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>sharewise Community Favoriten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RVY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,078</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,424</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,848</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,511</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,946</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>