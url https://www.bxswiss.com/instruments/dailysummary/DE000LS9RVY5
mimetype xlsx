--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66186b6258f14996" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4eb54d7c76984172" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fd13dc95ea849e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43f4056c9316461b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfaba39ab5f264a99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fd13dc95ea849e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re70da7d2926f46d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43f4056c9316461b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>sharewise Community Favoriten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RVY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...203 lines deleted...]
-          <x:t>90,200</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,808</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,630</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>88,946</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,418</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>