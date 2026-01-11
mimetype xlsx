--- v2 (2025-11-15)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4eb54d7c76984172" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5459b22a0aa4540" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43f4056c9316461b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbed0f9ee1f9d4aa8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re70da7d2926f46d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43f4056c9316461b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91cae4f886e04c76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbed0f9ee1f9d4aa8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>sharewise Community Favoriten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RVY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...188 lines deleted...]
-          <x:t>23.10.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,072</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,144</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,211</x:t>
-[...441 lines deleted...]
-          <x:t>88,418</x:t>
+          <x:t>87,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,787</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>