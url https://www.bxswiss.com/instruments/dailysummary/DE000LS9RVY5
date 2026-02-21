--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5459b22a0aa4540" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14f7779b990247b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbed0f9ee1f9d4aa8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R684c20b211d04289"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91cae4f886e04c76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbed0f9ee1f9d4aa8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21796bd9b3094e09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R684c20b211d04289" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>sharewise Community Favoriten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RVY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...220 lines deleted...]
-          <x:t>86,331</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,378</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>85,377</x:t>
+          <x:t>85,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,508</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,939</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.12.2025</x:t>
-[...208 lines deleted...]
-          <x:t>88,787</x:t>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,127</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>