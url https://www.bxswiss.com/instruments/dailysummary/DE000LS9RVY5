--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14f7779b990247b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re63a6f095c554475" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R684c20b211d04289"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R987557f10db74814"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21796bd9b3094e09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R684c20b211d04289" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0311fc715b3436e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R987557f10db74814" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>sharewise Community Favoriten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RVY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,687</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>86,378</x:t>
-[...603 lines deleted...]
-          <x:t>83,127</x:t>
+          <x:t>84,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,899</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>