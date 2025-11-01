--- v0 (2025-10-04)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8bc2fdc87e534012" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R197186648bc84554" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24e0fa4372534b32"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8156a10beed94769"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40c4e51a242346ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24e0fa4372534b32" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7cd57c7607e94131" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8156a10beed94769" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FV Technologie Raumfahrt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RVX7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,876</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,184</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +251,571 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,302</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,221</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,576</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,339</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>