--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R197186648bc84554" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94aefcd17777485c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8156a10beed94769"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71f2307dd83b4d5a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7cd57c7607e94131" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8156a10beed94769" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re293e5b1e3a442d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71f2307dd83b4d5a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FV Technologie Raumfahrt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RVX7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,221</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,669</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,383</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,671</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>