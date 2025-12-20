--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94aefcd17777485c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ffcdcd5c4a74bae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71f2307dd83b4d5a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7c30b43b36e46e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re293e5b1e3a442d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71f2307dd83b4d5a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9153b4930df3473a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7c30b43b36e46e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FV Technologie Raumfahrt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RVX7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...377 lines deleted...]
-          <x:t>07.11.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,508</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>164,682</x:t>
-[...252 lines deleted...]
-          <x:t>159,671</x:t>
+          <x:t>162,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,022</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>