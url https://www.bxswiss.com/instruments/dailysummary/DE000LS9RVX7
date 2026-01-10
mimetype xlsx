--- v3 (2025-12-20)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ffcdcd5c4a74bae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R728a1d7a61a24150" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7c30b43b36e46e6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4dc7b40491042fe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9153b4930df3473a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7c30b43b36e46e6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29e5c5f7ac28477e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4dc7b40491042fe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FV Technologie Raumfahrt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RVX7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,082</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,946</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,332</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,646</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>