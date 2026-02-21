--- v4 (2026-01-10)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R728a1d7a61a24150" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85315f177749476b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4dc7b40491042fe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rafa31ce260154faa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29e5c5f7ac28477e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4dc7b40491042fe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbddca6fe0cfd436c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rafa31ce260154faa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FV Technologie Raumfahrt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RVX7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>184,646</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,219</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>