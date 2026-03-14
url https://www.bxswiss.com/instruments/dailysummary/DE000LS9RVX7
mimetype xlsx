--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85315f177749476b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R756b123f89174d11" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rafa31ce260154faa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12f47c58b7204448"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbddca6fe0cfd436c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rafa31ce260154faa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ef1aab393d246d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12f47c58b7204448" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FV Technologie Raumfahrt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RVX7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,606</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>189,592</x:t>
-[...549 lines deleted...]
-          <x:t>191,219</x:t>
+          <x:t>189,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,869</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>