--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc492b11824024d66" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38d5d3e50f454188" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R782318800b204a72"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48c4a64396b64cde"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02f48f2f8611489b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R782318800b204a72" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20de91cad8234b05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48c4a64396b64cde" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trust the Experts</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RVR9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...500 lines deleted...]
-          <x:t>59,603</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,754</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>60,504</x:t>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,836</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,279</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>60,481</x:t>
-[...107 lines deleted...]
-          <x:t>61,407</x:t>
+          <x:t>59,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,402</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>