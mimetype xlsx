--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38d5d3e50f454188" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e0db77da6144578" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48c4a64396b64cde"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9b8ec833314461d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20de91cad8234b05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48c4a64396b64cde" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f05b7a38a9e4533" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9b8ec833314461d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trust the Experts</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RVR9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...171 lines deleted...]
-          <x:t>60,200</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,898</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,051</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...320 lines deleted...]
-          <x:t>60,075</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,181</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...118 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,464</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,947</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>