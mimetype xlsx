--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e0db77da6144578" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2b93f752c304f23" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9b8ec833314461d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d0ee68fdf164c4d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f05b7a38a9e4533" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9b8ec833314461d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8b5d3720e374a10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d0ee68fdf164c4d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trust the Experts</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RVR9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>62,947</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,948</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>