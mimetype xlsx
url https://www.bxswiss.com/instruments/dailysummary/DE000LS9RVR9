--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2b93f752c304f23" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c35a4c635094547" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d0ee68fdf164c4d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4e917871aed43cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8b5d3720e374a10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d0ee68fdf164c4d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fc7b61bd6164d3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4e917871aed43cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trust the Experts</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RVR9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,610 +149,232 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...350 lines deleted...]
-          <x:t>09.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>59,512</x:t>
-[...197 lines deleted...]
-        <x:is>
           <x:t>59,744</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,668</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,734</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,298</x:t>
         </x:is>
       </x:c>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,628</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,192</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,268</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>