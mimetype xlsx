--- v0 (2025-10-04)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R138b0257680c4446" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbc018a3306e48d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a2ea3c2350f4be9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2ebf70026314e5e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8d420e2fb584acf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a2ea3c2350f4be9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03f17e9f2fb24fe3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2ebf70026314e5e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>underrated Growth Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RVN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,238</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,031</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +251,571 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,264</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,141</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,589</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>