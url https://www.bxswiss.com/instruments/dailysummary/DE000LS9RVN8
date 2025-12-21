--- v1 (2025-11-01)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbc018a3306e48d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref5a0799ffd840ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2ebf70026314e5e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0514ea4e443f4e37"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03f17e9f2fb24fe3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2ebf70026314e5e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4fd29b26344145c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0514ea4e443f4e37" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>underrated Growth Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RVN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...620 lines deleted...]
-          <x:t>31.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,137</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>88,770</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,937</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,489</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>87,589</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,931</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>