--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref5a0799ffd840ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12d5bb1d76494e6c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0514ea4e443f4e37"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17a25599a84a4658"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4fd29b26344145c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0514ea4e443f4e37" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e9157d2407e441d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17a25599a84a4658" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>underrated Growth Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RVN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,076</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,181</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,294</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,596</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,538</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,278</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,378</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>