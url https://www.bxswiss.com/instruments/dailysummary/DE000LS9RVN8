--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12d5bb1d76494e6c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b5881b4b4a843f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17a25599a84a4658"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R171ab53deee74a33"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e9157d2407e441d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17a25599a84a4658" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R983d4b4abc224f9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R171ab53deee74a33" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>underrated Growth Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RVN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>88,378</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,019</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>