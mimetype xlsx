--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b5881b4b4a843f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0013393b14ef47ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R171ab53deee74a33"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc91f36945b5d411d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R983d4b4abc224f9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R171ab53deee74a33" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1204d08fd7646ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc91f36945b5d411d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>underrated Growth Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RVN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...149 lines deleted...]
-          <x:t>82,150</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,352</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>78,019</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,618</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>