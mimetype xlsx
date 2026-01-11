--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R860a7d1579dd45e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58fd7e1c44f9404b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe51f32228e544f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b9abf51e24d4684"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2149f1bf0c5647d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe51f32228e544f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R490989b55cdf4718" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b9abf51e24d4684" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>globale Wirtschaftsbruecke</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RVH0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,657</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,272</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,830</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,221</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,486</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,286</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>