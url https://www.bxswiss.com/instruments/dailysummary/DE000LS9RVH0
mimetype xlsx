--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58fd7e1c44f9404b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a1e62d9df74411c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b9abf51e24d4684"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd7f5a9c16d24a7e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R490989b55cdf4718" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b9abf51e24d4684" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c2f057326f94a1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd7f5a9c16d24a7e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>globale Wirtschaftsbruecke</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RVH0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,633 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...166 lines deleted...]
-          <x:t>140,595</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,977</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>140,278</x:t>
-[...274 lines deleted...]
-          <x:t>147,286</x:t>
+          <x:t>142,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,182</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>