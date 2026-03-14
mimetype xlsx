--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a1e62d9df74411c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R923fe40b8104471a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd7f5a9c16d24a7e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4803b22430c14868"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c2f057326f94a1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd7f5a9c16d24a7e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2489d377a3cf4cbe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4803b22430c14868" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>globale Wirtschaftsbruecke</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RVH0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,633 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...185 lines deleted...]
-          <x:t>142,019</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,478</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,803</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>141,942</x:t>
-[...371 lines deleted...]
-        <x:is>
           <x:t>140,398</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,090</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,926</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,241</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,814</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>