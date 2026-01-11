--- v0 (2025-10-25)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8833c1401557472c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2b81419f5764503" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01c04f25e5b14363"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6fa2a4e7f0b64455"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1b2378922dd4c32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01c04f25e5b14363" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc881567874384383" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6fa2a4e7f0b64455" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Scientific Factor Model World </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RVG2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>121,602</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,477</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>