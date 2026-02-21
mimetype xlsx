--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2b81419f5764503" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra063645e0f754041" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6fa2a4e7f0b64455"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac700741f67a46dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc881567874384383" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6fa2a4e7f0b64455" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R488dd1955e884fda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac700741f67a46dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Scientific Factor Model World </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RVG2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...338 lines deleted...]
-          <x:t>127,717</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,384</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,503</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>129,477</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,049</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>