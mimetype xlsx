--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rddabb57d9cc34938" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b9a9f6e3a24473f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27df6b70580346c9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8e6443594df462d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30787e50dedc4dbe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27df6b70580346c9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f955cc643b14b40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8e6443594df462d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DIP System </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RVD9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,234</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,400</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,176</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,164</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,880</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>