--- v1 (2025-10-25)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b9a9f6e3a24473f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf520fef90814fde" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8e6443594df462d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R220ff586fa204106"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f955cc643b14b40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8e6443594df462d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb135156cddf9471e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R220ff586fa204106" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DIP System </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RVD9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>126,880</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,919</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>