--- v2 (2026-01-08)
+++ v3 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf520fef90814fde" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49bdcac217bd47be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R220ff586fa204106"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60ce23795b974388"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb135156cddf9471e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R220ff586fa204106" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R424281ce45e147c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60ce23795b974388" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DIP System </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RVD9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -605,28 +605,55 @@
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,149</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,919</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>