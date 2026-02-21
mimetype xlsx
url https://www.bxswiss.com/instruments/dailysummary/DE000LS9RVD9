--- v3 (2026-01-08)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49bdcac217bd47be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R524bb2510bbd4803" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60ce23795b974388"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02977f6a77584c5f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R424281ce45e147c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60ce23795b974388" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6840bdd159eb4895" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02977f6a77584c5f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DIP System </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RVD9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>128,839</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,572</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>