--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R524bb2510bbd4803" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b743078655c49d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02977f6a77584c5f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R048b020a5336459d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6840bdd159eb4895" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02977f6a77584c5f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b214e29373c4c01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R048b020a5336459d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DIP System </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RVD9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,499</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,846</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,443</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,168</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,036</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>