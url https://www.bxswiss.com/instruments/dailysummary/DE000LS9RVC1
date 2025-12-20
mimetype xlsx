--- v0 (2025-10-07)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R761c9fda80934f95" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5eafd84f22644e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42ff94576de64360"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R788cafd4a0a2447b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re008fdf2a0ef4fb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42ff94576de64360" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7891488eaf6c46bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R788cafd4a0a2447b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kinder und Enkel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RVC1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>74,627</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,112</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>