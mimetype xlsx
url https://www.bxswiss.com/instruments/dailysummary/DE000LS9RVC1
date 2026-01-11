--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5eafd84f22644e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15d236fa66a54615" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R788cafd4a0a2447b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7105dc9ee1684d2e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7891488eaf6c46bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R788cafd4a0a2447b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a049f0e174645cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7105dc9ee1684d2e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kinder und Enkel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RVC1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,058</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,116</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,997</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,114</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,132</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,751</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,570</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>