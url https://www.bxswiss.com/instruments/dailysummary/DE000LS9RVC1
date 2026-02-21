--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15d236fa66a54615" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5760c8bad58341c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7105dc9ee1684d2e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3dfc5b8d0d0842e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a049f0e174645cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7105dc9ee1684d2e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra36951b99d3a41ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3dfc5b8d0d0842e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kinder und Enkel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RVC1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>76,570</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,868</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>