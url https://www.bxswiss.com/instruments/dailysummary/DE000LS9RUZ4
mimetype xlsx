--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5782a3fbec8d43ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e518ac1541a4d33" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c60e8124da140e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebb1e77921ca49d6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76db1bb77aae47f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c60e8124da140e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rccb7e3375cf14f05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebb1e77921ca49d6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Auswahlstrategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RUZ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,993</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,610</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,261</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,088</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>