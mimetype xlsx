--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e518ac1541a4d33" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fe6a70f772e4303" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebb1e77921ca49d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7aea47cd9cb44b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rccb7e3375cf14f05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebb1e77921ca49d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8e0f94707f2428b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7aea47cd9cb44b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Auswahlstrategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RUZ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...620 lines deleted...]
-          <x:t>24.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,352</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>132,419</x:t>
-[...9 lines deleted...]
-          <x:t>132,088</x:t>
+          <x:t>130,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,332</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>