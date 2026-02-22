--- v2 (2025-12-20)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fe6a70f772e4303" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reef21a26d11344fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7aea47cd9cb44b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99f86ac350234ddc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8e0f94707f2428b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7aea47cd9cb44b4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae5d3c8892774057" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99f86ac350234ddc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Auswahlstrategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RUZ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...36 lines deleted...]
-          <x:t>128,027</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,225</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...595 lines deleted...]
-          <x:t>129,332</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,003</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>