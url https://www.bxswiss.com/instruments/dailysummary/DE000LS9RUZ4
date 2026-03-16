--- v3 (2026-02-22)
+++ v4 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reef21a26d11344fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R052927cb94524c31" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99f86ac350234ddc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66b34aab6bbf46c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae5d3c8892774057" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99f86ac350234ddc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21742f7fe7044988" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66b34aab6bbf46c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Auswahlstrategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RUZ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,622</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,628</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,088</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,321</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>