--- v0 (2025-11-01)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbe49c1b84384e43" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra81c2ef393a04cd6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d906b4ee6854dcd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf46ae27050714f18"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e478877bcd14766" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d906b4ee6854dcd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raccddc1643474ea0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf46ae27050714f18" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Disruptive Growth Concept</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RUX9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...377 lines deleted...]
-          <x:t>20.10.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,939</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>108,106</x:t>
-[...252 lines deleted...]
-          <x:t>114,413</x:t>
+          <x:t>107,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,732</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>