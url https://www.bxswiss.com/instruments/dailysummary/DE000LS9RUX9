--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra81c2ef393a04cd6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R251035f1436841d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf46ae27050714f18"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7cb6ceb06faa496b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raccddc1643474ea0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf46ae27050714f18" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R211e92651a8d48fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7cb6ceb06faa496b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Disruptive Growth Concept</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RUX9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>110,732</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,478</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>