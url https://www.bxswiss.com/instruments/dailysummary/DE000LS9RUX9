--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R251035f1436841d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6bcfa320fe874e10" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7cb6ceb06faa496b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd90abee603e94677"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R211e92651a8d48fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7cb6ceb06faa496b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71f33a8b65354088" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd90abee603e94677" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Disruptive Growth Concept</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RUX9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,322</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,269</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,344</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,515</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>