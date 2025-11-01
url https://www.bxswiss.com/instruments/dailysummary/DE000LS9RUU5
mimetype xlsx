--- v0 (2025-10-05)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba69eabaa0d540c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ff54cd88f9b450c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc50dc36fa0084a29"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R976fe852ec0e48ab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rebc42bdb9ad64c1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc50dc36fa0084a29" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0edffe2360664708" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R976fe852ec0e48ab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment on the Rocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RUU5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,496 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...444 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,438</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,924</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -697,31 +251,571 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,211</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,913</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,013</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>