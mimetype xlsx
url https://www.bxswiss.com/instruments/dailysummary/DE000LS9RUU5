--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ff54cd88f9b450c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45824d4279824c34" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R976fe852ec0e48ab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R782784e3bf8a4bf2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0edffe2360664708" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R976fe852ec0e48ab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2cd03fa2b95c4af1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R782784e3bf8a4bf2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment on the Rocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RUU5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,399</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,189</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,624</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,477</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>