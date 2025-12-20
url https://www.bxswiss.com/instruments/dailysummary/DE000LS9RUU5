--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45824d4279824c34" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R299f2ea77a2047ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R782784e3bf8a4bf2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1672f75dd35f4a8e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2cd03fa2b95c4af1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R782784e3bf8a4bf2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R955663ebd82e420d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1672f75dd35f4a8e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment on the Rocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RUU5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...306 lines deleted...]
-          <x:t>135,020</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,594</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>134,291</x:t>
-[...323 lines deleted...]
-          <x:t>129,477</x:t>
+          <x:t>128,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,472</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>