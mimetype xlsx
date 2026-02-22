--- v3 (2025-12-20)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R299f2ea77a2047ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R093de93f70a146a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1672f75dd35f4a8e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9837a2be2454d76"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R955663ebd82e420d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1672f75dd35f4a8e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88f7c69677314e50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9837a2be2454d76" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment on the Rocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RUU5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...640 lines deleted...]
-          <x:t>128,472</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,797</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>