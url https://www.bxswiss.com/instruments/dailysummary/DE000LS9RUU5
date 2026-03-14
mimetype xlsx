--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R093de93f70a146a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabaec50558814aad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9837a2be2454d76"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61c711b8ccb24151"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88f7c69677314e50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9837a2be2454d76" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b68e1c95e5641da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61c711b8ccb24151" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment on the Rocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RUU5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,858</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,646</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,945</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,167</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>