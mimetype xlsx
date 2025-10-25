--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21949833e0014aba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca34390819b24cca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ffed6e11ddc44a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc39f52cb68e44f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83cf8b24a8624421" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ffed6e11ddc44a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2bf159ab92bf40b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc39f52cb68e44f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum-Swingtrolis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RUK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>74,674</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>74,505</x:t>
-[...26 lines deleted...]
-          <x:t>74,464</x:t>
+          <x:t>74,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,603</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...478 lines deleted...]
-          <x:t>74,603</x:t>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,871</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>