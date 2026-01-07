--- v1 (2025-10-25)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca34390819b24cca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2846797fe6748e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc39f52cb68e44f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re646b8395bf448da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2bf159ab92bf40b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc39f52cb68e44f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43b74f8a39264b35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re646b8395bf448da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum-Swingtrolis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RUK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>74,833</x:t>
-[...399 lines deleted...]
-          <x:t>73,932</x:t>
+          <x:t>74,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,944</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>73,590</x:t>
-[...112 lines deleted...]
-          <x:t>73,871</x:t>
+          <x:t>74,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,130</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>