--- v2 (2026-01-07)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2846797fe6748e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R029f2c3be0984d53" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re646b8395bf448da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6f65da0fbe84ba4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43b74f8a39264b35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re646b8395bf448da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cb546d1389e41da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6f65da0fbe84ba4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum-Swingtrolis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RUK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>74,130</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,710</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>