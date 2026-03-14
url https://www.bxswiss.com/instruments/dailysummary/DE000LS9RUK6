--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R029f2c3be0984d53" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc0c3425534044c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6f65da0fbe84ba4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdcddd826e7c74332"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cb546d1389e41da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6f65da0fbe84ba4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45a57e1b98f7472a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdcddd826e7c74332" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum-Swingtrolis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RUK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,728</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,738</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,618</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,784</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,576</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,880</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>