--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb70eadc986d94abf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06d29fd24d8d470d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18d9f1f0a54446f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a27234994aa4b94"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19f42cf27a6a4b64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18d9f1f0a54446f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1810451da73b4c64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a27234994aa4b94" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Welt der  Energien </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RUG4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,109</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,332</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,771</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,072</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,612</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,916</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>