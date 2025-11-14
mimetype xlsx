--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06d29fd24d8d470d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a83fbffb4b24476" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a27234994aa4b94"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R740f2cf5ba56426e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1810451da73b4c64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a27234994aa4b94" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11899bea78474611" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R740f2cf5ba56426e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Welt der  Energien </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RUG4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...338 lines deleted...]
-          <x:t>84,329</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,590</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>81,916</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,333</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>