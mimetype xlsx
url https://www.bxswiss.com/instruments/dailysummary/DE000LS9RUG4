--- v2 (2025-11-14)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a83fbffb4b24476" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc598bcadaf4746e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R740f2cf5ba56426e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96f0b495bc044105"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11899bea78474611" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R740f2cf5ba56426e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf764c47b371a4df2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96f0b495bc044105" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Welt der  Energien </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RUG4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>84,333</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,704</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>