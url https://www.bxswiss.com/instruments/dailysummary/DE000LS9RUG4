--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc598bcadaf4746e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c13191637f44137" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96f0b495bc044105"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85897a3104ff463a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf764c47b371a4df2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96f0b495bc044105" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb30ed7ad8eb748d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85897a3104ff463a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Welt der  Energien </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RUG4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,778</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,431</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,904</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,113</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,779</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>