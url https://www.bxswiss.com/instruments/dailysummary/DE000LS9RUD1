--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refa6ac7459494a3e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38a664cd3a714256" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R664b9ff33e4341c1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R229e647b378d42e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d149a85573146f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R664b9ff33e4341c1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0f1030b5cd149dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R229e647b378d42e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NDT - Renewable Energy </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RUD1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,886</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,306</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,434</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,536</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,817</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>