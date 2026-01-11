--- v1 (2025-10-24)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38a664cd3a714256" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c70bc9e084d48db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R229e647b378d42e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4aeb089a45f4fcf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0f1030b5cd149dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R229e647b378d42e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3754ab9dfac4bbb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4aeb089a45f4fcf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NDT - Renewable Energy </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RUD1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...193 lines deleted...]
-          <x:t>69,536</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,727</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...438 lines deleted...]
-          <x:t>69,817</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,004</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>