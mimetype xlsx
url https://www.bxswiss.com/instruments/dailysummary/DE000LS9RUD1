--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c70bc9e084d48db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd45bb7f046dc4d21" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4aeb089a45f4fcf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R233b4cd800764e06"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3754ab9dfac4bbb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4aeb089a45f4fcf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b55608732f04acc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R233b4cd800764e06" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NDT - Renewable Energy </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RUD1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...441 lines deleted...]
-          <x:t>69,709</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,536</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,677</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>69,004</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,118</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>