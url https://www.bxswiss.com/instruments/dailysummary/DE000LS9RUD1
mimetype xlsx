--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd45bb7f046dc4d21" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53897699066e410d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R233b4cd800764e06"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbcf8de282c294a27"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b55608732f04acc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R233b4cd800764e06" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02e8ff769f874852" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbcf8de282c294a27" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NDT - Renewable Energy </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RUD1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,552</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,517</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,247</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>