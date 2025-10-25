--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb00a28c53d0b4710" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e26620e84d947ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9062dbd0be64865"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9906f3f81ed745aa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R312e7b1d18634fb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9062dbd0be64865" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4eef3bb39faa41b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9906f3f81ed745aa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stock Picking Value Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RUC3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...350 lines deleted...]
-          <x:t>19.09.2025</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,288</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>121,823</x:t>
-[...279 lines deleted...]
-          <x:t>122,823</x:t>
+          <x:t>121,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,204</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>