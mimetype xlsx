--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e26620e84d947ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63affe31e2f64619" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9906f3f81ed745aa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29fd0c5918624d13"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4eef3bb39faa41b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9906f3f81ed745aa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68912755e14448bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29fd0c5918624d13" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stock Picking Value Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RUC3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>121,204</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,409</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>