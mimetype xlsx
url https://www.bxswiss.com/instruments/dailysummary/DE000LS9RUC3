--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63affe31e2f64619" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fcd280114fe4aef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29fd0c5918624d13"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a31c09d79754455"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68912755e14448bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29fd0c5918624d13" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35c541a0b02f499a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a31c09d79754455" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stock Picking Value Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RUC3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,923</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,906</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,487</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,376</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,957</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>