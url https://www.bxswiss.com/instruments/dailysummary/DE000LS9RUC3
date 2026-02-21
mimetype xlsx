--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fcd280114fe4aef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a603bbdef424ec4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a31c09d79754455"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2475989d13c4e99"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35c541a0b02f499a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a31c09d79754455" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2a7329dc2fd438a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2475989d13c4e99" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stock Picking Value Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RUC3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>134,957</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,983</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>