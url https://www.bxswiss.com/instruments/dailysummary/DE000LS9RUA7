--- v0 (2025-10-05)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1859f0cc1124a62" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68929576839844a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ac2eadecfa04e4b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reba31a25b0d14af0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc884e415d5ad4d70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ac2eadecfa04e4b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7dcae6b7ceec4c75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reba31a25b0d14af0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tourismus Reloaded</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RUA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,536 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...484 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,778</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,464</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,747</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,024</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>