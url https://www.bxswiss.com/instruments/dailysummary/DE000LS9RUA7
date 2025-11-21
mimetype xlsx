--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68929576839844a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fc38eea6cc340a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reba31a25b0d14af0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40b4f700252d4e99"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7dcae6b7ceec4c75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reba31a25b0d14af0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b63612426af44db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40b4f700252d4e99" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tourismus Reloaded</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RUA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,203</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,582</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,480</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,426</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,130</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>