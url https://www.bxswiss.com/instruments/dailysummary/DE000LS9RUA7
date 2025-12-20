--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fc38eea6cc340a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb424fe7934444abf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40b4f700252d4e99"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae54c1f0f81f47da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b63612426af44db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40b4f700252d4e99" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2bd4e2a0490428a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae54c1f0f81f47da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tourismus Reloaded</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RUA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,042</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,933</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,316</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,844</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,790</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>