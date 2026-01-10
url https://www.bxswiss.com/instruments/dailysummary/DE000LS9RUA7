--- v3 (2025-12-20)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb424fe7934444abf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R237fa327df5b4560" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae54c1f0f81f47da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5bfaf0eb853488f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2bd4e2a0490428a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae54c1f0f81f47da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc468bb98651427b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5bfaf0eb853488f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tourismus Reloaded</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RUA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,858</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,233</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,106</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,255</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>