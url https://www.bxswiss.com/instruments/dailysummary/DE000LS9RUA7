--- v4 (2026-01-10)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R237fa327df5b4560" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8de34ccb7b324391" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5bfaf0eb853488f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92e2f32f01074fbe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc468bb98651427b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5bfaf0eb853488f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R680705c5682a445b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92e2f32f01074fbe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tourismus Reloaded</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RUA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>155,255</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,761</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>