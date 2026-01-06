--- v0 (2025-10-25)
+++ v1 (2026-01-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2f27827541c410a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea81e6dfabad4fa8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95c1e2d60aba4f40"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0b6fabf0d1d4cf6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89a8bef1cd1c49e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95c1e2d60aba4f40" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f14fe921d9d43f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0b6fabf0d1d4cf6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rule-Based-InvestingDividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RTZ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>111,270</x:t>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>111,048</x:t>
-[...107 lines deleted...]
-          <x:t>110,621</x:t>
+          <x:t>111,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,799</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.10.2025</x:t>
-[...289 lines deleted...]
-          <x:t>109,980</x:t>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,158</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>