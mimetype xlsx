--- v1 (2026-01-06)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea81e6dfabad4fa8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5875ddfaf534cec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0b6fabf0d1d4cf6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd50a364fae8f4e6d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f14fe921d9d43f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0b6fabf0d1d4cf6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4be2d9b9e914002" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd50a364fae8f4e6d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rule-Based-InvestingDividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RTZ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>110,158</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,249</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>