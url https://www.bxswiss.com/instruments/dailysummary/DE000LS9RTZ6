--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5875ddfaf534cec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56e011f0a8c94ce4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd50a364fae8f4e6d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc5362a681124fb3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4be2d9b9e914002" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd50a364fae8f4e6d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e913cf1b2b94e63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc5362a681124fb3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rule-Based-InvestingDividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RTZ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,276</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,113</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,015</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>