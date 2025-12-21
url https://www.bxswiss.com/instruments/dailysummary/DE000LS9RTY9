--- v0 (2025-10-25)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R219b002e4b0a486e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf312fe5cdfac4caf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R956682f663754cee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R835b81fdabb1495c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb616d44cc134409e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R956682f663754cee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe598514d22a4581" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R835b81fdabb1495c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WideSpreadValueGrowth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RTY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>121,210</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,388</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>