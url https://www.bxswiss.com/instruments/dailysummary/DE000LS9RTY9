--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf312fe5cdfac4caf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18de6b1114a24c6d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R835b81fdabb1495c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reac768494723485a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe598514d22a4581" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R835b81fdabb1495c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc240722f1d27492c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reac768494723485a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WideSpreadValueGrowth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RTY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...134 lines deleted...]
-          <x:t>26.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,552</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,164</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>116,656</x:t>
-[...468 lines deleted...]
-          <x:t>113,388</x:t>
+          <x:t>115,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,426</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>