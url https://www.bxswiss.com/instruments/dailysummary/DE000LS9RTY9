--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18de6b1114a24c6d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66a5d21835644d94" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reac768494723485a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re16ec84817884b2e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc240722f1d27492c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reac768494723485a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c207afc1e244a26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re16ec84817884b2e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WideSpreadValueGrowth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RTY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>115,426</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,519</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>