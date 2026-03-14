--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66a5d21835644d94" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9600e38e636d48eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re16ec84817884b2e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe01df7998604c6f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c207afc1e244a26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re16ec84817884b2e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03d54bfc40314016" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe01df7998604c6f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WideSpreadValueGrowth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RTY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...220 lines deleted...]
-          <x:t>106,371</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>105,853</x:t>
-[...173 lines deleted...]
-          <x:t>10.02.2026</x:t>
+          <x:t>107,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,031</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,131</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>107,051</x:t>
-[...225 lines deleted...]
-          <x:t>109,519</x:t>
+          <x:t>104,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,834</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>