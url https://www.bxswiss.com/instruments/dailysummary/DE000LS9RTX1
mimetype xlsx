--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff4a885ab1064244" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ee47fdbaa074eb8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb94404f67e724a0e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf476783159a84e9e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35648cf3148e4a78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb94404f67e724a0e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae347259a2384702" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf476783159a84e9e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EXPONENTIAL GROWTH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RTX1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,807</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,426</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,052</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,874</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,973</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>