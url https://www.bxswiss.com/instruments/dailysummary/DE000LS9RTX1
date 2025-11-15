--- v1 (2025-10-24)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ee47fdbaa074eb8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb9e930c59d74f28" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf476783159a84e9e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9942511c08c64ea2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae347259a2384702" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf476783159a84e9e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5aebad58ca54ca2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9942511c08c64ea2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EXPONENTIAL GROWTH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RTX1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,241</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,700</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,196</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,429</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>