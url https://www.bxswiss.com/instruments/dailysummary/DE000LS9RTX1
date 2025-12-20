--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb9e930c59d74f28" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8df6aabac8674e77" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9942511c08c64ea2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf158f8af5e654c40"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5aebad58ca54ca2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9942511c08c64ea2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0db1d95b7c07482c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf158f8af5e654c40" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EXPONENTIAL GROWTH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RTX1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...68 lines deleted...]
-          <x:t>90,214</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,270</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...563 lines deleted...]
-          <x:t>84,429</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,084</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>