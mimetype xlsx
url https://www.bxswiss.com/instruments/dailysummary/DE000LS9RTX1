--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8df6aabac8674e77" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8033de233eb7440c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf158f8af5e654c40"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb78f96e16b034a72"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0db1d95b7c07482c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf158f8af5e654c40" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65954f06a48e461b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb78f96e16b034a72" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EXPONENTIAL GROWTH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RTX1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,654</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,438</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>