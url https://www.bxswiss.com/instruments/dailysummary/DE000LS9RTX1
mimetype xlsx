--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8033de233eb7440c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R883b84a3e7f4464c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb78f96e16b034a72"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Recdc271c2ce446a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65954f06a48e461b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb78f96e16b034a72" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb989eb416c5942ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Recdc271c2ce446a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EXPONENTIAL GROWTH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RTX1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...85 lines deleted...]
-          <x:t>91,120</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,914</x:t>
-[...355 lines deleted...]
-          <x:t>97,438</x:t>
+          <x:t>89,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,451</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>