--- v0 (2025-10-04)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08058ecfc8804116" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R006e65961cf54eed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8bfe91a041a4a17"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c44937d02bf46b2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf4a8a3a327548b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8bfe91a041a4a17" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafce27e4ad8c4f76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c44937d02bf46b2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deep Value Low Carbon Europe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RTT9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,346 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...313 lines deleted...]
-          <x:t>178,633</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,655</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>