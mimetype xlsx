--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R006e65961cf54eed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ccbc67ff64946d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c44937d02bf46b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33bf6f32543542f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafce27e4ad8c4f76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c44937d02bf46b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c05e2b2e2d74826" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33bf6f32543542f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deep Value Low Carbon Europe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RTT9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>182,655</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,228</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>