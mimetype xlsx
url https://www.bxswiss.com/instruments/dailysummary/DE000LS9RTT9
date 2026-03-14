--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ccbc67ff64946d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7bef587c27e4297" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33bf6f32543542f0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d3c1d79aa0243fe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c05e2b2e2d74826" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33bf6f32543542f0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58aab67d011748e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d3c1d79aa0243fe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deep Value Low Carbon Europe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RTT9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,412</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,221</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,896</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,058</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,749</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,305</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>