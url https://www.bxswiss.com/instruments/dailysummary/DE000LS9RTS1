--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8292c3d8ff014f85" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84052f166eaf48db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8caac64171a84e3d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67a23c795c74447d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43f01ce9c5224f6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8caac64171a84e3d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfed9e60dedda4d66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67a23c795c74447d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltige Energieaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RTS1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,332</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,648</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,634</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,652</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,470</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>