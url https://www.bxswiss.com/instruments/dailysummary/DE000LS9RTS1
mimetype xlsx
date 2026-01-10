--- v1 (2025-10-25)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84052f166eaf48db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R076c33d2276d4afd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67a23c795c74447d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf92384dd22454cc4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfed9e60dedda4d66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67a23c795c74447d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c94babfe1e14d7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf92384dd22454cc4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltige Energieaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RTS1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>63,470</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,678</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>