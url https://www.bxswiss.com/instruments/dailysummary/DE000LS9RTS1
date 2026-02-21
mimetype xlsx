--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R076c33d2276d4afd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb906946ffbd34bdb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf92384dd22454cc4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11bf295a6bc74766"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c94babfe1e14d7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf92384dd22454cc4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6220fe84bdd74c67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11bf295a6bc74766" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltige Energieaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RTS1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>72,678</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,684</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>