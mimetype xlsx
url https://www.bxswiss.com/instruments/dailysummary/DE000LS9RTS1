--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb906946ffbd34bdb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R638fb599dbbc4b9d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11bf295a6bc74766"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re44f63f28b214383"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6220fe84bdd74c67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11bf295a6bc74766" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9bcc2499d1414c26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re44f63f28b214383" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltige Energieaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RTS1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,332</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,086</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,871</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,967</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,140</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>