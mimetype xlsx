--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12bfe5ecebfc42a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R505c6b50027a46b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87ecf3cb97254251"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2797f245d6a4174"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1aaacd786e9c409b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87ecf3cb97254251" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf99d4e9e70324bad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2797f245d6a4174" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Arusu</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RTR3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,798</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,882</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,739</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,094</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,977</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>