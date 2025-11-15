--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R505c6b50027a46b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc54297ee25e542e8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2797f245d6a4174"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf573c09beff74045"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf99d4e9e70324bad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2797f245d6a4174" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b41aac9171148c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf573c09beff74045" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Arusu</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RTR3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...392 lines deleted...]
-          <x:t>201,484</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,976</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,043</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>208,977</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,894</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>