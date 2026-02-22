--- v2 (2025-11-15)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc54297ee25e542e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69bb6ab327ca4542" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf573c09beff74045"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33c9ac790e4047cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b41aac9171148c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf573c09beff74045" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e9ef920e83b4b9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33c9ac790e4047cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Arusu</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RTR3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>194,894</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,746</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>