--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69bb6ab327ca4542" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5f75643950b4963" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33c9ac790e4047cb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29787223206d4e68"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e9ef920e83b4b9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33c9ac790e4047cb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46043a881056443c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29787223206d4e68" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Arusu</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RTR3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,649</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,384</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,494</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,274</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>