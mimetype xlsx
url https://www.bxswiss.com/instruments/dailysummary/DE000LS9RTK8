--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f21b23e99704786" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8c5fae42e544a3b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb36ffabf45ec47a4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R797d0bf64f4343bd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb64f264931ab4cb8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb36ffabf45ec47a4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc453bf6e509747e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R797d0bf64f4343bd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment in Hidden-Angels </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RTK8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,532</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,157</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,532</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,643</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,952</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>