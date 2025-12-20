--- v1 (2025-10-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8c5fae42e544a3b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33318ac74af84e17" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R797d0bf64f4343bd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebc07bb3ebd04b62"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc453bf6e509747e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R797d0bf64f4343bd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3180d7ac909b4163" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebc07bb3ebd04b62" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment in Hidden-Angels </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RTK8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>110,952</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,220</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>