--- v2 (2025-12-20)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33318ac74af84e17" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R797e2dc7323a4c6a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebc07bb3ebd04b62"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ca4784e556a4a85"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3180d7ac909b4163" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebc07bb3ebd04b62" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc102d681ced4f3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ca4784e556a4a85" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment in Hidden-Angels </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RTK8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...640 lines deleted...]
-          <x:t>107,220</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,325</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>