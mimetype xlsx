--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R797e2dc7323a4c6a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ceb0497c83547c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ca4784e556a4a85"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd63326121aea47bd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc102d681ced4f3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ca4784e556a4a85" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0e225155b8649ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd63326121aea47bd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment in Hidden-Angels </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RTK8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,638</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,864</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,535</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,019</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,046</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>