--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5c402569d42469b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f2ce83752e04911" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc68f532917e4b92"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R093ab5723954402e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39617723871843f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc68f532917e4b92" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R427e87a8a5ce4414" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R093ab5723954402e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum Movers ST</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RSG8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,179 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...146 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,128</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>