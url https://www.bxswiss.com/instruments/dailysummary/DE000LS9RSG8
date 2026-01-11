--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f2ce83752e04911" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d035c8fe2c74100" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R093ab5723954402e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc302fa77072a4a3b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R427e87a8a5ce4414" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R093ab5723954402e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbdc9ba123d0f48bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc302fa77072a4a3b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum Movers ST</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RSG8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...377 lines deleted...]
-          <x:t>08.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,991</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,684</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>105,262</x:t>
+          <x:t>103,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,658</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,864</x:t>
-[...242 lines deleted...]
-          <x:t>105,128</x:t>
+          <x:t>104,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,108</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>