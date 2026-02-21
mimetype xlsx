--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d035c8fe2c74100" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63714e975b1d43ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc302fa77072a4a3b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39465d70919641c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbdc9ba123d0f48bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc302fa77072a4a3b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9618b85938e84bf3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39465d70919641c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum Movers ST</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RSG8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,880</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...443 lines deleted...]
-          <x:t>105,108</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,368</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>