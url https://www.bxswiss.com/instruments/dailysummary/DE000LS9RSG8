--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63714e975b1d43ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32fb4a755cfc4e12" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39465d70919641c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raded9b6f39bd4526"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9618b85938e84bf3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39465d70919641c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea3f45a2f5a14a16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raded9b6f39bd4526" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum Movers ST</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RSG8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,983</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,753</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>