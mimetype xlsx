--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a73c61269024ad9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re461557f28d546e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R033e42ed72014e61"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5a7421eca8d4223"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffa146a9d5c34f68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R033e42ed72014e61" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde2b16eb1a5643b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5a7421eca8d4223" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment in Aktien -  Qjus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RSD5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>427,241</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>427,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>423,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>424,335</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>433,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>435,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>429,944</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>432,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,275</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>