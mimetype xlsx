--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re461557f28d546e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7bcc2366c0342ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5a7421eca8d4223"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd17cf2fc74b420b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde2b16eb1a5643b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5a7421eca8d4223" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf302434ca57041a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd17cf2fc74b420b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment in Aktien -  Qjus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RSD5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>408,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>411,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>401,996</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>408,486</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>400,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>405,149</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>399,944</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>404,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,822</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>