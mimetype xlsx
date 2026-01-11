--- v2 (2025-11-15)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7bcc2366c0342ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04b938d63ed04235" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd17cf2fc74b420b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9daec76c30c4720"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf302434ca57041a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd17cf2fc74b420b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7067e4fc8214d08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9daec76c30c4720" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment in Aktien -  Qjus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RSD5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>351,822</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,367</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>