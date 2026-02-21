--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04b938d63ed04235" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7fcf9f42e7704706" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9daec76c30c4720"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1209a26f47e646c2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7067e4fc8214d08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9daec76c30c4720" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6298e7a18be048be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1209a26f47e646c2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment in Aktien -  Qjus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RSD5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,653 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>328,367</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,395</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>