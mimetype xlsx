--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7fcf9f42e7704706" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0351e311a044aa3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1209a26f47e646c2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re95f7e52b6734e8f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6298e7a18be048be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1209a26f47e646c2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R817b5238998847ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re95f7e52b6734e8f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment in Aktien -  Qjus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RSD5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,435 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...383 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>271,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>275,387</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>269,353</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>274,218</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -771,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,438</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>271,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>265,476</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,859</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>