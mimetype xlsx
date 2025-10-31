--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raefd9a6913404dc8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfee2ba3bff194733" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4f1708c69504db1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb646e7b075424bd5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R985d0b6145da4d4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4f1708c69504db1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c4dd5c9565947a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb646e7b075424bd5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SWOT - Sustainable Wealth of T..</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RRX5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...355 lines deleted...]
-          <x:t>11,497</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,450</x:t>
-[...274 lines deleted...]
-          <x:t>13,218</x:t>
+          <x:t>11,774</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>