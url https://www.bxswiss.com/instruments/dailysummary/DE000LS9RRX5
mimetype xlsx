--- v1 (2025-10-31)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfee2ba3bff194733" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R054a2573bb2c49e7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb646e7b075424bd5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R349add6c5eb44c32"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c4dd5c9565947a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb646e7b075424bd5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcdfcdb3fbcc54a14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R349add6c5eb44c32" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SWOT - Sustainable Wealth of T..</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RRX5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>01.10.2025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,394</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,935</x:t>
-[...576 lines deleted...]
-          <x:t>11,774</x:t>
+          <x:t>11,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,286</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>