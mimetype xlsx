--- v2 (2026-01-07)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R054a2573bb2c49e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R862b73a4719d4b46" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R349add6c5eb44c32"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78d2b4d36aac4978"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcdfcdb3fbcc54a14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R349add6c5eb44c32" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa1073ee557042bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78d2b4d36aac4978" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SWOT - Sustainable Wealth of T..</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RRX5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...144 lines deleted...]
-          <x:t>11,625</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,381</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,490</x:t>
-[...264 lines deleted...]
-          <x:t>11,256</x:t>
+          <x:t>11,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,511</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>