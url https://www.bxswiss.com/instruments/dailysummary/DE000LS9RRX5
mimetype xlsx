--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R862b73a4719d4b46" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c26c5556365453c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78d2b4d36aac4978"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R671bc50cf82343cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa1073ee557042bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78d2b4d36aac4978" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc29fb8b08dbc46fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R671bc50cf82343cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SWOT - Sustainable Wealth of T..</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RRX5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...301 lines deleted...]
-          <x:t>10,572</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,534</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,574</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,402</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,258</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,372</x:t>
-[...48 lines deleted...]
-          <x:t>10,574</x:t>
+          <x:t>10,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,591</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...126 lines deleted...]
-          <x:t>10,357</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,408</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.02.2026</x:t>
-[...85 lines deleted...]
-          <x:t>10,503</x:t>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,694</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,431</x:t>
-[...4 lines deleted...]
-          <x:t>10,511</x:t>
+          <x:t>10,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,538</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>