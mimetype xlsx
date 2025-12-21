--- v0 (2025-10-04)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8000c0aa206b4bd2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23e4ed263f6e485a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb464c8feecd4206"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d271363a3d04ff4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22f67a6f41d341de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb464c8feecd4206" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R061fd5bf274f4627" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d271363a3d04ff4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AAA Top 10 Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RRU1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>168,032</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,562</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>