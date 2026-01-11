--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23e4ed263f6e485a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a06e01a82b648a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d271363a3d04ff4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0ac50b9183e4aee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R061fd5bf274f4627" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d271363a3d04ff4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce9b857006764b81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0ac50b9183e4aee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AAA Top 10 Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RRU1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,834</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,139</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,924</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,294</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,894</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,504</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,655</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>