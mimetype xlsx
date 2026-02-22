--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a06e01a82b648a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5417132605ce463d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0ac50b9183e4aee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8806a75735b0471e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce9b857006764b81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0ac50b9183e4aee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R131fe8c5fb3a430f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8806a75735b0471e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AAA Top 10 Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RRU1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>177,655</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,248</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>