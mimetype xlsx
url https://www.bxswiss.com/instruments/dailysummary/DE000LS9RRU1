--- v3 (2026-02-22)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5417132605ce463d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb05e885dd74c4736" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8806a75735b0471e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re92b8af5d0f94556"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R131fe8c5fb3a430f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8806a75735b0471e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf454b447aa63413c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re92b8af5d0f94556" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AAA Top 10 Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RRU1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,490 +149,58 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...419 lines deleted...]
-          <x:t>183,071</x:t>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,432</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...10 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,708</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,439</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,521</x:t>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,472</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,149</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,157</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,523</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>