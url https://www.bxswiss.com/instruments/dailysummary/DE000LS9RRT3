--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43ad973efb374f2c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30e1014f2078496d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re006b2cef1b24238"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36bc19df3eb741f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra07a93fa84514e8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re006b2cef1b24238" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9561ac98b08948a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36bc19df3eb741f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stockpicker Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RRT3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,408</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,088</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,487</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>