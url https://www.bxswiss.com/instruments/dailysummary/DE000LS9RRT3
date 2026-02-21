--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30e1014f2078496d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa0fc7c4239f4734" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36bc19df3eb741f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05080aed1a9b46dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9561ac98b08948a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36bc19df3eb741f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R178e0662d5784bc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05080aed1a9b46dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stockpicker Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RRT3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>53,487</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,749</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>