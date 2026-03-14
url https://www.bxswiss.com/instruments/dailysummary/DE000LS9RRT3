--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa0fc7c4239f4734" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35ebad5f9f5e4054" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05080aed1a9b46dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb49d018d41a744b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R178e0662d5784bc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05080aed1a9b46dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b9191c528bc4d42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb49d018d41a744b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stockpicker Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RRT3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>53,686</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,292</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>52,832</x:t>
-[...308 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>53,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,716</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>54,239</x:t>
-[...306 lines deleted...]
-          <x:t>53,749</x:t>
+          <x:t>53,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,262</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>