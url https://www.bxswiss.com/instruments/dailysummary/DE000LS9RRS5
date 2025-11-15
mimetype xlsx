--- v0 (2025-10-25)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5b8646dd5864682" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf72adc548666417a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf01ef10acefe4f65"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4de4ebcbcf9d44e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59abab8806fa400c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf01ef10acefe4f65" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re47e603a95db4456" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4de4ebcbcf9d44e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Alessias Runner Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RRS5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...230 lines deleted...]
-          <x:t>99,071</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,702</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,745</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.10.2025</x:t>
-[...397 lines deleted...]
-          <x:t>101,467</x:t>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,121</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>