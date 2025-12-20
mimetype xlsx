--- v1 (2025-11-15)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf72adc548666417a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcda86cad2eee4027" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4de4ebcbcf9d44e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7feffea5dca445c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re47e603a95db4456" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4de4ebcbcf9d44e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec190690cf274cc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7feffea5dca445c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Alessias Runner Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RRS5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...58 lines deleted...]
-          <x:t>99,343</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,034</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,131</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,299</x:t>
-[...571 lines deleted...]
-          <x:t>97,121</x:t>
+          <x:t>99,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,054</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>