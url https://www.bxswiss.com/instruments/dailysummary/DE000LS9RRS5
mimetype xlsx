--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcda86cad2eee4027" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1ec66d2f7f74de7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7feffea5dca445c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re12bd94953fb4896"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec190690cf274cc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7feffea5dca445c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4e9385b81af44ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re12bd94953fb4896" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Alessias Runner Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RRS5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,475 +149,70 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...328 lines deleted...]
-          <x:t>100,029</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,586</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,152</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,708</x:t>
-[...84 lines deleted...]
-        <x:is>
           <x:t>100,352</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,112</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,872</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,116</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,588</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,373</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>