--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1ec66d2f7f74de7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda2b552beafd4da2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re12bd94953fb4896"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1605e44f2f142fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4e9385b81af44ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re12bd94953fb4896" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R889a49424e02449b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1605e44f2f142fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Alessias Runner Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RRS5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>104,373</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,358</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>