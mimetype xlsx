--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda2b552beafd4da2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4e06d0058084d5c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1605e44f2f142fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb72c84bb7f944b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R889a49424e02449b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1605e44f2f142fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb98e007b8c084da7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb72c84bb7f944b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Alessias Runner Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RRS5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...193 lines deleted...]
-          <x:t>100,591</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,976</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,481</x:t>
+          <x:t>100,304</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,976</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.02.2026</x:t>
-[...397 lines deleted...]
-          <x:t>100,358</x:t>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,871</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>