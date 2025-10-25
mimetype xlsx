--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rddb207133ed94d4e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0c0bf2b317a4f51" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R712082906f264c32"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4cb30566f6244669"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c5b3820f1bf4b48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R712082906f264c32" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87de5daf77394c8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4cb30566f6244669" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Prometheus Innovation Alpha</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RRP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,033</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,927</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,768</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,466</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,672</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>