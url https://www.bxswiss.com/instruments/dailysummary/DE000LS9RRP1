--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0c0bf2b317a4f51" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f2f1c62ec374f85" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4cb30566f6244669"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7adcaca830fd41ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87de5daf77394c8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4cb30566f6244669" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9486f7fc1a8a47f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7adcaca830fd41ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Prometheus Innovation Alpha</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RRP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>165,672</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,350</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>