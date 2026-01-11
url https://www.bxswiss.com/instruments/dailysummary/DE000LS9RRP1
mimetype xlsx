--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f2f1c62ec374f85" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R453dea7aa8ef4e1c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7adcaca830fd41ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc06bcbb2d1d94044"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9486f7fc1a8a47f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7adcaca830fd41ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf53e31a5231f417a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc06bcbb2d1d94044" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Prometheus Innovation Alpha</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RRP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,157</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,038</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,632</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,504</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,552</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>