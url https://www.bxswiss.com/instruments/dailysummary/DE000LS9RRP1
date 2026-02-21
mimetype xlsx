--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R453dea7aa8ef4e1c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4774d833c1b84d74" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc06bcbb2d1d94044"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc71ae761fd6b4df2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf53e31a5231f417a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc06bcbb2d1d94044" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra36051070bf44374" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc71ae761fd6b4df2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Prometheus Innovation Alpha</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RRP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>156,552</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,826</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>