--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a2b922f0c404412" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R691f389598534aed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbdb89f17698f47df"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8ae475fd17842ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfff21dcc4d8d4cf7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbdb89f17698f47df" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d8e1d3274b44300" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8ae475fd17842ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Megatrend Gewinner Basics</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RRG0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>356,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>356,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>355,966</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>356,384</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>372,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>374,028</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>365,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>366,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,230</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>