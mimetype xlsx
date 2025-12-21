--- v1 (2025-10-24)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R691f389598534aed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13fb3b21db5942e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8ae475fd17842ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4b09de45d924f60"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d8e1d3274b44300" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8ae475fd17842ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87687fdfe2d54d83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4b09de45d924f60" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Megatrend Gewinner Basics</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RRG0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>344,230</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,123</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>