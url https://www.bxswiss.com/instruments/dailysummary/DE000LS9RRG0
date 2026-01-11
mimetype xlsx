--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13fb3b21db5942e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba5e7cbc55664126" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4b09de45d924f60"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ecbb25a59cc49a5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87687fdfe2d54d83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4b09de45d924f60" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d7b12bbf8734d5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ecbb25a59cc49a5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Megatrend Gewinner Basics</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RRG0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>327,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>327,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>322,736</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>323,939</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>319,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>322,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>319,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>322,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,360</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>