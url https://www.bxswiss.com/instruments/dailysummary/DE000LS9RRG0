--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba5e7cbc55664126" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R554f703448d24433" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ecbb25a59cc49a5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b94570274b84fb1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d7b12bbf8734d5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ecbb25a59cc49a5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R051eeb237e204f3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b94570274b84fb1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Megatrend Gewinner Basics</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RRG0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>333,360</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,832</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>