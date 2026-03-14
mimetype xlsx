--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R554f703448d24433" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04769f7636d445eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b94570274b84fb1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2ecd63a30db40a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R051eeb237e204f3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b94570274b84fb1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b046ec1b67a48af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2ecd63a30db40a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Megatrend Gewinner Basics</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RRG0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>316,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>317,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>310,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>312,756</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>329,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>331,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>327,562</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>328,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,823</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>