--- v0 (2025-10-08)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9cb9e21a37bc462a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1a1bb3d3d534195" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac25ef6ab979467d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7f37b2cedb64ca0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14e028a0ed1b4768" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac25ef6ab979467d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b95b117a4104905" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7f37b2cedb64ca0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Mentor </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RRD7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>166,541</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,433</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>