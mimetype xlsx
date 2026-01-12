--- v1 (2025-11-14)
+++ v2 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1a1bb3d3d534195" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8161a24265b41db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7f37b2cedb64ca0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c7374e0d3e9412b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b95b117a4104905" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7f37b2cedb64ca0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03f46e70c9384e34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c7374e0d3e9412b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Mentor </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RRD7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>168,433</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,831</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>