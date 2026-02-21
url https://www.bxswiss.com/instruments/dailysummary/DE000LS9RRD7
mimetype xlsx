--- v2 (2026-01-12)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8161a24265b41db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R922d8163df704902" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c7374e0d3e9412b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f0b70b7123e4e02"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03f46e70c9384e34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c7374e0d3e9412b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5bb49a2bfce47ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f0b70b7123e4e02" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Mentor </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RRD7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>173,831</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,665</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>