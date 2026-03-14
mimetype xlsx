--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R922d8163df704902" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23b4e2c7f4bc482c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f0b70b7123e4e02"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0834521b57a4e0f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5bb49a2bfce47ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f0b70b7123e4e02" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38ca0ea67d124a7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0834521b57a4e0f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Mentor </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RRD7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,547</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,776</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,696</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,758</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,405</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>