--- v0 (2025-10-04)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81214dad92754bd1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2039469f4e84188" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1614d750a324163"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba808a09d4da4949"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88d8a4e569b94e7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1614d750a324163" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70c1379764f64938" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba808a09d4da4949" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Umweltschutz und mehr </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RQX7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>83,150</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,314</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>