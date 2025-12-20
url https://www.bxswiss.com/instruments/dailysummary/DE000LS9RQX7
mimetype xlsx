--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2039469f4e84188" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99d268f4160b4676" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba808a09d4da4949"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b6e57f164024429"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70c1379764f64938" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba808a09d4da4949" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f3cd9267e014b09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b6e57f164024429" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Umweltschutz und mehr </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RQX7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...117 lines deleted...]
-          <x:t>80,844</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,320</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>27.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,392</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>80,755</x:t>
-[...70 lines deleted...]
-          <x:t>30.10.2025</x:t>
+          <x:t>80,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,142</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>80,240</x:t>
-[...4 lines deleted...]
-          <x:t>79,763</x:t>
+          <x:t>80,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,778</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>79,314</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,883</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>