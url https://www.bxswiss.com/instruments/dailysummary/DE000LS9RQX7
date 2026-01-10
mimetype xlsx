--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99d268f4160b4676" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R835feaf119e74fcc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b6e57f164024429"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04eee4aab60b4cf9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f3cd9267e014b09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b6e57f164024429" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f632b6ddcad4a2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04eee4aab60b4cf9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Umweltschutz und mehr </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RQX7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...166 lines deleted...]
-          <x:t>79,977</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,246</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...163 lines deleted...]
-          <x:t>79,933</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,219</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,320</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...285 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,778</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,214</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>