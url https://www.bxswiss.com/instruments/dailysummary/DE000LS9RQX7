--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R835feaf119e74fcc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5851581694bb4107" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04eee4aab60b4cf9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86415d83eb4f4020"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f632b6ddcad4a2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04eee4aab60b4cf9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdae554ab98e34199" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86415d83eb4f4020" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Umweltschutz und mehr </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RQX7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>80,224</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,657</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...411 lines deleted...]
-          <x:t>80,214</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,489</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>