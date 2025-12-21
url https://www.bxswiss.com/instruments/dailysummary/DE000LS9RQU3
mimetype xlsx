--- v0 (2025-11-14)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74977fc7829c4e8d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfcc54ab3a6e48f9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bbf27ccf4784cea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4dcfd8913334d88"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa300a9a2bcb4347" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bbf27ccf4784cea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1dd13653383b456f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4dcfd8913334d88" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sometimes careful</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RQU3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>113,309</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,320</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>