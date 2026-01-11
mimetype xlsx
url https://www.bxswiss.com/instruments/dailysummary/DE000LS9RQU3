--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfcc54ab3a6e48f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd82eb1dd4d44eac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4dcfd8913334d88"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87daa461fde3413c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1dd13653383b456f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4dcfd8913334d88" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re22c722187d14251" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87daa461fde3413c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sometimes careful</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RQU3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,475 +149,70 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...377 lines deleted...]
-          <x:t>09.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>111,508</x:t>
-[...16 lines deleted...]
-          <x:t>10.12.2025</x:t>
+          <x:t>111,672</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>111,672</x:t>
-[...8 lines deleted...]
-        <x:is>
           <x:t>111,669</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,037</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,946</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,269</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,293</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>