--- v2 (2026-01-11)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd82eb1dd4d44eac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda9d1c34d0e34819" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87daa461fde3413c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b2d246ed4014b1b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re22c722187d14251" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87daa461fde3413c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0e456738a0c4cdb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b2d246ed4014b1b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sometimes careful</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RQU3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,037</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,946</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,356</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>