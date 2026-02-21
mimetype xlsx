--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda9d1c34d0e34819" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79316b8e5ac848ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b2d246ed4014b1b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec41117f82264ecd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0e456738a0c4cdb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b2d246ed4014b1b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R391c56f7ba354324" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec41117f82264ecd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sometimes careful</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RQU3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>111,293</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,538</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>