--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7491fd6c3394c8a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbc4965d1da144f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R062ed9ec9c574d4c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4888ee6a0c5b4332"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9de30725c4dd439e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R062ed9ec9c574d4c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R943ed391eaab402a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4888ee6a0c5b4332" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Guenstige SmallCaps mit Recovery</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RQQ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>63,602</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,798</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>62,504</x:t>
-[...227 lines deleted...]
-          <x:t>22.09.2025</x:t>
+          <x:t>64,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,696</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>62,909</x:t>
-[...252 lines deleted...]
-          <x:t>64,127</x:t>
+          <x:t>62,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,128</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>