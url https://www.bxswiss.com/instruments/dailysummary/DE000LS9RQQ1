--- v1 (2025-10-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbc4965d1da144f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f1fe6f302a54114" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4888ee6a0c5b4332"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf504f2d44a674705"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R943ed391eaab402a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4888ee6a0c5b4332" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf77dd06f50cb4417" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf504f2d44a674705" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Guenstige SmallCaps mit Recovery</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RQQ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>62,128</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,674</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>