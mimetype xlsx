--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f1fe6f302a54114" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c4c47f3544946e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf504f2d44a674705"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e8014142000445d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf77dd06f50cb4417" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf504f2d44a674705" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd2cff0d197d4315" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e8014142000445d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Guenstige SmallCaps mit Recovery</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RQQ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,461</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,245</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,993</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,121</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>