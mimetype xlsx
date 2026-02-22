--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c4c47f3544946e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R684f780f0675465d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e8014142000445d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raaddd1411f0c419b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd2cff0d197d4315" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e8014142000445d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b6ea5c4e97c468d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raaddd1411f0c419b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Guenstige SmallCaps mit Recovery</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RQQ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>62,121</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,195</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>