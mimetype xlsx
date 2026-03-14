--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R684f780f0675465d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1f5b1f8ba124620" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raaddd1411f0c419b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87dc8536f2ea46f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b6ea5c4e97c468d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raaddd1411f0c419b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbb516bbfdd847f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87dc8536f2ea46f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Guenstige SmallCaps mit Recovery</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RQQ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...269 lines deleted...]
-          <x:t>04.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,564</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>70,505</x:t>
-[...333 lines deleted...]
-          <x:t>72,195</x:t>
+          <x:t>70,085</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>