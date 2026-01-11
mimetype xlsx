--- v0 (2025-10-25)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56ce3e7820a54d7c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c42615bb6c24cdb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72e2216f85f24412"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra059ba18391d47fb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1450c1e104fb4880" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72e2216f85f24412" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6cd6303c87234e3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra059ba18391d47fb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden aus dem Weltmarkt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RQL2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>133,039</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,451</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>