--- v1 (2026-01-11)
+++ v2 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c42615bb6c24cdb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R169f2256ed324063" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra059ba18391d47fb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R666b28c94c4e4480"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6cd6303c87234e3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra059ba18391d47fb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R278bb8c909a24691" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R666b28c94c4e4480" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden aus dem Weltmarkt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RQL2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,761</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>