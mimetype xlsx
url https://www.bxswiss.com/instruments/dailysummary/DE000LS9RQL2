--- v2 (2026-01-12)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R169f2256ed324063" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b08ee93d2764880" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R666b28c94c4e4480"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34877e976fca4d9a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R278bb8c909a24691" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R666b28c94c4e4480" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b0176b1adef45e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34877e976fca4d9a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden aus dem Weltmarkt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RQL2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>140,451</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,182</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>