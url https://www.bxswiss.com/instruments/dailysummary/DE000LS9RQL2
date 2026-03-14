--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b08ee93d2764880" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2c77fee777847c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34877e976fca4d9a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78283bad6a414972"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b0176b1adef45e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34877e976fca4d9a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4d9cbfd2b274557" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78283bad6a414972" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden aus dem Weltmarkt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RQL2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...274 lines deleted...]
-          <x:t>141,503</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,116</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,568</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>140,302</x:t>
-[...355 lines deleted...]
-          <x:t>145,182</x:t>
+          <x:t>141,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,356</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>