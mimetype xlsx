--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R251cf69ca60845f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R370f2d3d01004e49" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b4f52751f784267"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ceace9403744552"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbe4cb6e9e4e4715" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b4f52751f784267" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9dd6e45df6f94d05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ceace9403744552" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5G Technologie Unternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RQD9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...257 lines deleted...]
-          <x:t>101,410</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,354</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,414</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...219 lines deleted...]
-          <x:t>23.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,193</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,744</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,809</x:t>
-[...144 lines deleted...]
-          <x:t>100,975</x:t>
+          <x:t>101,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,130</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>