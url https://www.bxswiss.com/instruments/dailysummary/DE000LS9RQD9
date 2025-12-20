--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R370f2d3d01004e49" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce82a8c02d554908" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ceace9403744552"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R655c015fe0db4570"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9dd6e45df6f94d05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ceace9403744552" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc265a57203c54f7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R655c015fe0db4570" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5G Technologie Unternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RQD9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...80 lines deleted...]
-          <x:t>23.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,193</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,744</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,809</x:t>
-[...193 lines deleted...]
-          <x:t>101,101</x:t>
+          <x:t>101,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,379</x:t>
-        </x:is>
-[...349 lines deleted...]
-          <x:t>101,130</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>