--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce82a8c02d554908" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3066186c394b4358" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R655c015fe0db4570"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5af56de4f19140dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc265a57203c54f7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R655c015fe0db4570" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d41ea092f5e4d24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5af56de4f19140dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5G Technologie Unternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RQD9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...63 lines deleted...]
-          <x:t>101,295</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,130</x:t>
-[...566 lines deleted...]
-          <x:t>101,379</x:t>
+          <x:t>101,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,349</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>