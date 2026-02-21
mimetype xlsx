--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3066186c394b4358" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R530c6c2449864c8e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5af56de4f19140dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebc50c2543724d34"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d41ea092f5e4d24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5af56de4f19140dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd94647a1d990457e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebc50c2543724d34" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5G Technologie Unternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RQD9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...387 lines deleted...]
-          <x:t>101,273</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,066</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,257</x:t>
-[...53 lines deleted...]
-          <x:t>101,349</x:t>
+          <x:t>100,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,186</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>