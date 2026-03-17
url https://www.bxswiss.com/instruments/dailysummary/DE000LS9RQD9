--- v4 (2026-02-21)
+++ v5 (2026-03-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R530c6c2449864c8e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48ffff6be887433f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebc50c2543724d34"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2fccf9b16ef84fe3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd94647a1d990457e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebc50c2543724d34" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf698ad80c54641a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2fccf9b16ef84fe3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5G Technologie Unternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RQD9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,536 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...484 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,252</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,068</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +305,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,043</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,004</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,248</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>