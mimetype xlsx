--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1681b20e891b4095" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7583815baaaf4109" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R845cc8d0071f42fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54cace705a9446c4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ac5c679ac394fe1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R845cc8d0071f42fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9aeda996b6154c61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54cace705a9446c4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investing Today for Tomorrow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RQC1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,808</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,961</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,563</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,034</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>