--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7583815baaaf4109" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ded65bb62e04aeb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54cace705a9446c4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R882bec1d3947428e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9aeda996b6154c61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54cace705a9446c4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R290a52b3bf084998" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R882bec1d3947428e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investing Today for Tomorrow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RQC1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>97,750</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,662</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,645</x:t>
-[...517 lines deleted...]
-          <x:t>99,034</x:t>
+          <x:t>98,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,664</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>