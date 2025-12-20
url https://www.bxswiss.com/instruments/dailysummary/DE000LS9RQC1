--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ded65bb62e04aeb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf88b4b54dcf7437a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R882bec1d3947428e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6781c0b323642b6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R290a52b3bf084998" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R882bec1d3947428e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d6cf8f6e2a249d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6781c0b323642b6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investing Today for Tomorrow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RQC1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>94,664</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,277</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>