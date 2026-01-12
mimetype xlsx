--- v3 (2025-12-20)
+++ v4 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf88b4b54dcf7437a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb2c49f6c050450c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6781c0b323642b6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re25c18df6542453b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d6cf8f6e2a249d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6781c0b323642b6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde07913d484a4d85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re25c18df6542453b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investing Today for Tomorrow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RQC1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,241</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,571</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,556</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,598</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>