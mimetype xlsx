--- v4 (2026-01-12)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb2c49f6c050450c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84e80de8e0884b0a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re25c18df6542453b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9697c34b10c247ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde07913d484a4d85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re25c18df6542453b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b66a964f18049d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9697c34b10c247ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investing Today for Tomorrow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RQC1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...80 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,492</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,776</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...335 lines deleted...]
-          <x:t>95,598</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,204</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>