--- v5 (2026-02-21)
+++ v6 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84e80de8e0884b0a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a0343aa063a463a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9697c34b10c247ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R603646b7755f459b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b66a964f18049d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9697c34b10c247ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43aa7a2f70c14f55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R603646b7755f459b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investing Today for Tomorrow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RQC1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,887</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,811</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,404</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>