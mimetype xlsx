--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03edfeb113c34a0f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90ddbb8b6f134bb3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd72c3bfc0fa420e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a1d9324d5c74dcf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R807b3010c9974fa0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd72c3bfc0fa420e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R167ccc2301c34d71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a1d9324d5c74dcf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Digital Brands BestSelect</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RQB3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,638</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,922</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,048</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,562</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>