--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90ddbb8b6f134bb3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R922291f6b88647bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a1d9324d5c74dcf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc26f51cd4d94a44"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R167ccc2301c34d71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a1d9324d5c74dcf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc826063c022e449b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc26f51cd4d94a44" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Digital Brands BestSelect</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RQB3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,064</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,284</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,403</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,485</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,421</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,082</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,791</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>