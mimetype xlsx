--- v2 (2025-11-14)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R922291f6b88647bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a4d3dc007cb4189" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc26f51cd4d94a44"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d91666121bc4839"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc826063c022e449b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc26f51cd4d94a44" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R799f5fa63bea45df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d91666121bc4839" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Digital Brands BestSelect</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RQB3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>138,791</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,308</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>