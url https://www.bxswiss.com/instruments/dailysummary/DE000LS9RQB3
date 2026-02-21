--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a4d3dc007cb4189" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22afc6e96c1c42d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d91666121bc4839"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9a6733dcb674f68"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R799f5fa63bea45df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d91666121bc4839" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb61dca7bb10d4f67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9a6733dcb674f68" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Digital Brands BestSelect</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RQB3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>127,308</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,223</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>