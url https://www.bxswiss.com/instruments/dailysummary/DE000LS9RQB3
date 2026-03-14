--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22afc6e96c1c42d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9e8ab2412ec47ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9a6733dcb674f68"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d2eedc4733e421d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb61dca7bb10d4f67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9a6733dcb674f68" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8adf6dcc074d4d42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d2eedc4733e421d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Digital Brands BestSelect</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RQB3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,837</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,544</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,137</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>