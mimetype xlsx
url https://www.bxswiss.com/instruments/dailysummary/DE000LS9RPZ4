--- v0 (2025-10-04)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6060a8bba2e54f92" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d3ea695ed394bd3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1f3928f9c254014"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf801094ae20e4ea0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b612487f15143b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1f3928f9c254014" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra985a41d46da4225" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf801094ae20e4ea0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IntelligentStockpicking</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RPZ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>118,157</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,317</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>