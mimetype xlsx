--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d3ea695ed394bd3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b4d5c642f9443e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf801094ae20e4ea0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8543a8a0b6c34288"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra985a41d46da4225" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf801094ae20e4ea0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c1bedc3b35f426c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8543a8a0b6c34288" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IntelligentStockpicking</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RPZ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,886</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,681</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,407</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,036</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,921</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>