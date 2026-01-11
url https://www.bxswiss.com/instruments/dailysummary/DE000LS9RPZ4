--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b4d5c642f9443e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c5cd53b5bbf4d94" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8543a8a0b6c34288"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f4fd1c0697040d3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c1bedc3b35f426c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8543a8a0b6c34288" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83d5c25e2df84a1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f4fd1c0697040d3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IntelligentStockpicking</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RPZ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,142</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,316</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,442</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,878</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>