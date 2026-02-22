--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c5cd53b5bbf4d94" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b1ed42d21504c2a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f4fd1c0697040d3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae768cf95ca643e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83d5c25e2df84a1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f4fd1c0697040d3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1c7579e9ed24a5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae768cf95ca643e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IntelligentStockpicking</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RPZ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>122,878</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,474</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>