--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b1ed42d21504c2a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27654df77cee4529" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae768cf95ca643e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reac36e1a86854a9c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1c7579e9ed24a5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae768cf95ca643e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1f177eccfc54b4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reac36e1a86854a9c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IntelligentStockpicking</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RPZ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,721</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,513</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>