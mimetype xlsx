--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26c757e772b64d65" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R565f3a1bd8f84387" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R879c91704de44858"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01185ca9f721414e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9eab05ac709c40c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R879c91704de44858" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea7e3bacfb574c3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01185ca9f721414e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Worldstars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RPR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,284</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,928</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,956</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,774</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,002</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,952</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,150</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>