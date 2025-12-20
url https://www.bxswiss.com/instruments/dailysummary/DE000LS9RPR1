--- v1 (2025-10-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R565f3a1bd8f84387" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R771693364f1b4cd6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01185ca9f721414e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8546d82d21d45f8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea7e3bacfb574c3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01185ca9f721414e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2c390bd30f54b0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8546d82d21d45f8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Worldstars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RPR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>181,150</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,910</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>