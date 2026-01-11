--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R771693364f1b4cd6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c16516a8d564407" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8546d82d21d45f8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b43ad28949641fb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2c390bd30f54b0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8546d82d21d45f8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdaa7f0772937460f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b43ad28949641fb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Worldstars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RPR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...134 lines deleted...]
-          <x:t>26.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,294</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>167,811</x:t>
-[...468 lines deleted...]
-          <x:t>166,910</x:t>
+          <x:t>166,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,470</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>