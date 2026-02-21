--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c16516a8d564407" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e65bdfd184a4794" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b43ad28949641fb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad76aa8e6a78469b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdaa7f0772937460f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b43ad28949641fb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0b3330ec55644ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad76aa8e6a78469b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Worldstars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RPR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>170,470</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,927</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>