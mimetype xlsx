--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e65bdfd184a4794" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68200c6de19b4389" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad76aa8e6a78469b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa15e93bc3d64454"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0b3330ec55644ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad76aa8e6a78469b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd38dd4b75d2b4924" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa15e93bc3d64454" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Worldstars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RPR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,021</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,687</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,408</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,883</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,157</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,086</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,496</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>