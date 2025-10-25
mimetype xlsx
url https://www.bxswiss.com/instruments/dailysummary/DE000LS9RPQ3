--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff1090b63fbb4948" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1808e1d615be4dd7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85c5316cc0dd45af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raaa03b80213d4812"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R576d5f6faac043e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85c5316cc0dd45af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R080839ee5bd44929" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raaa03b80213d4812" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Potentielle Tenbagger</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RPQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,998</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,702</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,038</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,664</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,906</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>