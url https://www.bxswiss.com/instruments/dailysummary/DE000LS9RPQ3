--- v1 (2025-10-25)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1808e1d615be4dd7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62f2dde2d19f44ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raaa03b80213d4812"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56e3d2377dc3476b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R080839ee5bd44929" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raaa03b80213d4812" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5fd93aa5c41040af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56e3d2377dc3476b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Potentielle Tenbagger</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RPQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>104,906</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,333</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>