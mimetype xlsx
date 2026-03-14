--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62f2dde2d19f44ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R254ab0afaacb41ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56e3d2377dc3476b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R401b7141e6264271"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5fd93aa5c41040af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56e3d2377dc3476b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04319ca910a44555" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R401b7141e6264271" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Potentielle Tenbagger</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RPQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,066</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,499</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,077</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,483</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,612</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,751</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>